--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -1,55 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="63199582" w14:textId="77777777" w:rsidR="002428D4" w:rsidRPr="002428D4" w:rsidRDefault="002428D4" w:rsidP="00A03670">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="524"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-286"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="00000A"/>
           <w:sz w:val="14"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -78,224 +79,180 @@
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002428D4" w:rsidRPr="002428D4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Recibido</w:t>
             </w:r>
             <w:r w:rsidR="001E56D1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BE7487">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>dd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001E56D1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00BE7487">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>mm</w:t>
             </w:r>
             <w:r w:rsidR="001E56D1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BE7487">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>aaaa</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002428D4" w:rsidRPr="002428D4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> --- </w:t>
             </w:r>
             <w:r w:rsidR="002428D4" w:rsidRPr="002428D4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Aceptado</w:t>
             </w:r>
             <w:r w:rsidR="001E56D1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BE7487">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>dd</w:t>
+              <w:t>dd/mm/aaaa</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002428D4" w:rsidRPr="002428D4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">--- </w:t>
             </w:r>
             <w:r w:rsidR="002428D4" w:rsidRPr="002428D4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Publicado</w:t>
             </w:r>
             <w:r w:rsidR="001E56D1">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BE7487">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>dd</w:t>
+              <w:t>dd/mm/aaaa</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="749DFBBA" w14:textId="77777777" w:rsidR="004E1C75" w:rsidRPr="00E867ED" w:rsidRDefault="004E1C75" w:rsidP="008F11BA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6235"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E867ED">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1444,60 +1401,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apellido</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00327179">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ombre</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ombre </w:t>
       </w:r>
       <w:r w:rsidRPr="00327179">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(año).</w:t>
       </w:r>
       <w:r w:rsidRPr="00327179">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00327179">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -1551,77 +1499,59 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00303CB6" w:rsidRPr="008B50A4">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Tahoma 12, justificado)</w:t>
       </w:r>
       <w:r w:rsidR="00303CB6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId16" w:anchor=".ID" w:history="1">
         <w:r w:rsidR="00866206" w:rsidRPr="00141B9B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>http</w:t>
-[...17 lines deleted...]
-          <w:t>://doi.org/10.15198/seeci.año.#.ID</w:t>
+          <w:t>https://doi.org/10.15198/seeci.año.#.ID</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00012ACF">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="A6A6A6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(lo pone el editor)</w:t>
       </w:r>
       <w:r w:rsidRPr="00327179">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2817,61 +2747,51 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="600"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C4DC7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">texto normal, texto normal, texto normal... </w:t>
+        <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal... </w:t>
       </w:r>
       <w:r w:rsidR="007C4DC7" w:rsidRPr="008B50A4">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Tahoma </w:t>
       </w:r>
       <w:r w:rsidR="00EC1AEC" w:rsidRPr="008B50A4">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12, justificado</w:t>
       </w:r>
       <w:r w:rsidR="007C4DC7" w:rsidRPr="008B50A4">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3724,51 +3644,50 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71D43E1A" wp14:editId="7696D740">
             <wp:extent cx="4184650" cy="2730500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Imagen 2" descr="Descripción: grafico_distribucion_trabajadores_por_sector_3t_2006"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Imagen 2" descr="Descripción: grafico_distribucion_trabajadores_por_sector_3t_2006"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -4318,51 +4237,50 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5442"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1810"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DC0424" w:rsidRPr="003F149C" w14:paraId="43BE16F9" w14:textId="77777777" w:rsidTr="007144BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BB1407E" w14:textId="0B1E53A8" w:rsidR="00DC0424" w:rsidRPr="00523F1F" w:rsidRDefault="00474F6D" w:rsidP="007144BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Encabezados</w:t>
@@ -4399,145 +4317,140 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00523F1F" w:rsidRPr="008B50A4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Tahoma</w:t>
             </w:r>
             <w:r w:rsidR="00DC0424" w:rsidRPr="008B50A4">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A03E954" w14:textId="77777777" w:rsidR="00DC0424" w:rsidRPr="003F149C" w:rsidRDefault="00DC0424" w:rsidP="007144BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031B2744" w14:textId="77777777" w:rsidR="00DC0424" w:rsidRPr="003F149C" w:rsidRDefault="00DC0424" w:rsidP="007144BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC0424" w:rsidRPr="003F149C" w14:paraId="2322B010" w14:textId="77777777" w:rsidTr="007144BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5534" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E841BEF" w14:textId="77777777" w:rsidR="00DC0424" w:rsidRPr="003F149C" w:rsidRDefault="00DC0424" w:rsidP="007144BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D30899F" w14:textId="77777777" w:rsidR="00DC0424" w:rsidRPr="003F149C" w:rsidRDefault="00DC0424" w:rsidP="007144BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A1C84E3" w14:textId="77777777" w:rsidR="00DC0424" w:rsidRPr="003F149C" w:rsidRDefault="00DC0424" w:rsidP="007144BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04C9271D" w14:textId="77777777" w:rsidR="00DC0424" w:rsidRPr="00A81916" w:rsidRDefault="00DC0424" w:rsidP="007144BB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -4965,62 +4878,51 @@
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1960">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Autor, Año) </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1960">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, </w:t>
-[...10 lines deleted...]
-        <w:t>texto normal.</w:t>
+        <w:t>texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal, texto normal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79AA9DDE" w14:textId="3CE74E20" w:rsidR="004E1C75" w:rsidRPr="00A81916" w:rsidRDefault="004E1C75" w:rsidP="008F11BA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63AE6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5448,128 +5350,112 @@
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206C6600" w14:textId="77777777" w:rsidR="0076426F" w:rsidRDefault="0076426F" w:rsidP="008F11BA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7991CE23" w14:textId="77777777" w:rsidR="004E1C75" w:rsidRPr="000A1960" w:rsidRDefault="004E1C75" w:rsidP="008F11BA">
+    <w:p w14:paraId="7991CE23" w14:textId="77777777" w:rsidR="004E1C75" w:rsidRPr="000A1960" w:rsidRDefault="004E1C75" w:rsidP="00A279DC">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...8 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:rPr>
           <w:color w:val="00B050"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1960">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">6. REFERENCIAS </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63AE6">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>(TAHOMA 12, NEGRITA, JUSTIFICADO</w:t>
       </w:r>
       <w:r w:rsidR="007C2D4C" w:rsidRPr="00A63AE6">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699E0122" w14:textId="77777777" w:rsidR="004E1C75" w:rsidRPr="0088009B" w:rsidRDefault="00A63AE6" w:rsidP="00A63AE6">
+    <w:p w14:paraId="699E0122" w14:textId="6A14A34E" w:rsidR="004E1C75" w:rsidRPr="0088009B" w:rsidRDefault="00A63AE6" w:rsidP="00A63AE6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088009B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="808080"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Todas las referencias estarán en Sangría Francesa.</w:t>
       </w:r>
+      <w:r w:rsidR="00A279DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cada una de las </w:t>
+      </w:r>
+      <w:r w:rsidR="00A279DC" w:rsidRPr="00A279DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>URL o DOI, según el caso, serán presentadas en su formato original y nunca acortadas.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6D9E6F42" w14:textId="0F8FB07F" w:rsidR="00A9483C" w:rsidRDefault="00925EF3" w:rsidP="008F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1960">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de LIBRO</w:t>
       </w:r>
       <w:r w:rsidR="007B351E" w:rsidRPr="000A1960">
         <w:rPr>
@@ -6192,51 +6078,50 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. (Tesis inédita de maestría o doctorado). Nombre de la institución, Localización.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397F43B2" w14:textId="5517590D" w:rsidR="00650AC0" w:rsidRDefault="00650AC0" w:rsidP="008F11BA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1960">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ejemplo de REVISTAS:</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1960">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C287C">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">(autores separados por </w:t>
       </w:r>
       <w:r w:rsidR="00A81916">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7775,177 +7660,149 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13328B60" w14:textId="77777777" w:rsidR="00A43597" w:rsidRPr="00BD22D1" w:rsidRDefault="00A43597" w:rsidP="00F31E98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD22D1">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Orcid</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> ID:</w:t>
+        <w:t>Orcid ID:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD22D1">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15198F5C" w14:textId="77777777" w:rsidR="00A43597" w:rsidRPr="00A63AE6" w:rsidRDefault="00A43597" w:rsidP="00F31E98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63AE6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Google Scholar:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63AE6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109D79B7" w14:textId="77777777" w:rsidR="00A43597" w:rsidRPr="00A63AE6" w:rsidRDefault="00A43597" w:rsidP="00F31E98">
+    <w:p w14:paraId="109D79B7" w14:textId="77777777" w:rsidR="00A43597" w:rsidRPr="00A279DC" w:rsidRDefault="00A43597" w:rsidP="00F31E98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A63AE6">
+      <w:r w:rsidRPr="00A279DC">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ResearchGate: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04532B4A" w14:textId="77777777" w:rsidR="00A43597" w:rsidRPr="00A63AE6" w:rsidRDefault="00A43597" w:rsidP="00F31E98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A63AE6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Scopus</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Scopus: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B06624" w14:textId="77777777" w:rsidR="00FC3C76" w:rsidRPr="00A63AE6" w:rsidRDefault="00A43597" w:rsidP="00F31E98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="CC00CC"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63AE6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Academia.edu:</w:t>
       </w:r>
     </w:p>
@@ -7974,61 +7831,61 @@
         </w:rPr>
         <w:t>Y así sucesivamente con los siguientes autores…</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B23EBA" w:rsidRPr="00A63AE6" w:rsidSect="009002EF">
       <w:headerReference w:type="even" r:id="rId22"/>
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:headerReference w:type="first" r:id="rId26"/>
       <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1416" w:bottom="1418" w:left="1418" w:header="567" w:footer="510" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E3E357A" w14:textId="77777777" w:rsidR="00D26EC6" w:rsidRDefault="00D26EC6" w:rsidP="004E1C75">
+    <w:p w14:paraId="06FE11BD" w14:textId="77777777" w:rsidR="00406481" w:rsidRDefault="00406481" w:rsidP="004E1C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EE7C538" w14:textId="77777777" w:rsidR="00D26EC6" w:rsidRDefault="00D26EC6" w:rsidP="004E1C75">
+    <w:p w14:paraId="5044479C" w14:textId="77777777" w:rsidR="00406481" w:rsidRDefault="00406481" w:rsidP="004E1C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8114,51 +7971,60 @@
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F73DE3">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve">   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F73DE3">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00837388">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>43</w:t>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00837388">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00F73DE3">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="44C5AA14" w14:textId="77777777" w:rsidR="00EC7582" w:rsidRPr="004F4801" w:rsidRDefault="004E1C75" w:rsidP="00EC7582">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="004F4801">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>Revista de Comunicac</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -8512,61 +8378,61 @@
     <w:r w:rsidR="00C62520" w:rsidRPr="004378D4">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D609F7">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CF068CF" w14:textId="77777777" w:rsidR="00D26EC6" w:rsidRDefault="00D26EC6" w:rsidP="004E1C75">
+    <w:p w14:paraId="6EB33B93" w14:textId="77777777" w:rsidR="00406481" w:rsidRDefault="00406481" w:rsidP="004E1C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C3A2A05" w14:textId="77777777" w:rsidR="00D26EC6" w:rsidRDefault="00D26EC6" w:rsidP="004E1C75">
+    <w:p w14:paraId="692AACEB" w14:textId="77777777" w:rsidR="00406481" w:rsidRDefault="00406481" w:rsidP="004E1C75">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="55A78FA7" w14:textId="77777777" w:rsidR="00E06EE3" w:rsidRPr="00A81916" w:rsidRDefault="00E06EE3" w:rsidP="00E06EE3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="72"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C4DC7">
@@ -8727,51 +8593,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6233795" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                          <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="65E10696" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-17.8pt;margin-top:19.45pt;width:490.85pt;height:0;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByZXWEuQEAAFcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZStFuNOD2k6y7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3oT4IlEg+Pj7Sy7vD6MTeEFv0rZzPaimMV6it71v56/nh0xcp&#10;OILX4NCbVh4Ny7vVxw/LKTRmgQM6bUgkEM/NFFo5xBiaqmI1mBF4hsH45OyQRojpSn2lCaaEPrpq&#10;Udc31YSkA6EyzOn1/tUpVwW/64yKP7uOTRSulYlbLCeVc5vParWEpicIg1UnGvAfLEawPhW9QN1D&#10;BLEj+w/UaBUhYxdnCscKu84qU3pI3czrv7p5GiCY0ksSh8NFJn4/WPVjv/YbytTVwT+FR1QvLDyu&#10;B/C9KQSejyENbp6lqqbAzSUlXzhsSGyn76hTDOwiFhUOHY0ZMvUnDkXs40Vsc4hCpcebxdXV59tr&#10;KdTZV0FzTgzE8ZvBUWSjlRwJbD/ENXqfRoo0L2Vg/8gx04LmnJCrenywzpXJOi+mxP22vq5LBqOz&#10;OntzHFO/XTsSe8jLUb7SZPK8DSPceV3QBgP668mOYN2rnao7f9Imy5F3j5st6uOGzpql6RWap03L&#10;6/H2XrL//A+r3wAAAP//AwBQSwMEFAAGAAgAAAAhAHVnW0TcAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC5oS8eg6rqmE0LixIFu8ABuY9pqjVM16RreniAOcLT96ff3F4dg&#10;BnGhyfWWFWzWCQjixuqeWwUf7y+rDITzyBoHy6TgixwcyuurAnNtFz7S5eRbEUPY5aig837MpXRN&#10;Rwbd2o7E8fZpJ4M+jlMr9YRLDDeDvE+SVBrsOX7ocKTnjprzaTYKwlvKPlRZqBeeX112VwU0lVK3&#10;N+FpD8JT8H8w/OhHdSijU21n1k4MClbbxzSiCrbZDkQEdg/pBkT9u5BlIf83KL8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAcmV1hLkBAABXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAdWdbRNwAAAAJAQAADwAAAAAAAAAAAAAAAAATBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokeweight="1.5pt"/>
@@ -9459,147 +9325,86 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5868035" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                          <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="71F657E6" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:37.15pt;margin-top:39.55pt;width:462.05pt;height:0;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFBw24uAEAAFcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3Y6pMiMOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4IlEg+Pj7Sq7vj6MTBEFv0rZzPaimMV6it71v58+Xx01IK&#10;juA1OPSmlSfD8m798cNqCo25wQGdNiQSiOdmCq0cYgxNVbEazAg8w2B8cnZII8R0pb7SBFNCH111&#10;U9e31YSkA6EyzOn1/s0p1wW/64yKP7qOTRSulYlbLCeVc5fPar2CpicIg1VnGvAPLEawPhW9Qt1D&#10;BLEn+xfUaBUhYxdnCscKu84qU3pI3czrP7p5HiCY0ksSh8NVJv5/sOr7YeO3lKmro38OT6heWXjc&#10;DOB7Uwi8nEIa3DxLVU2Bm2tKvnDYkthN31CnGNhHLCocOxozZOpPHIvYp6vY5hiFSo+L5e2y/ryQ&#10;Ql18FTSXxEAcvxocRTZayZHA9kPcoPdppEjzUgYOTxwzLWguCbmqx0frXJms82JK3L/Ui7pkMDqr&#10;szfHMfW7jSNxgLwc5StNJs/7MMK91wVtMKAfznYE697sVN35szZZjrx73OxQn7Z00SxNr9A8b1pe&#10;j/f3kv37f1j/AgAA//8DAFBLAwQUAAYACAAAACEAIL83cdsAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU+EQAyF7yb+h0lNvBh3WN2sgAwbY+LJg7j6AwpUIDIdwgzL+O+t8aCnpn0vr98rDtGO&#10;6kSzHxwb2G4SUMSNawfuDLy/PV2noHxAbnF0TAa+yMOhPD8rMG/dyq90OoZOSQj7HA30IUy51r7p&#10;yaLfuIlYtA83Wwyyzp1uZ1wl3I76Jkn22uLA8qHHiR57aj6PizUQX/YcYpXGeuXl2adXVURbGXN5&#10;ER/uQQWK4c8MP/iCDqUw1W7h1qvRwN3uVpwysy0o0bMs3YGqfw+6LPT/AuU3AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAMUHDbi4AQAAVwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACC/N3HbAAAACAEAAA8AAAAAAAAAAAAAAAAAEgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight="1.5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:numPicBullet w:numPicBulletId="0">
-[...59 lines deleted...]
-  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56037A2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C92AE1F6"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -9655,58 +9460,53 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1427312581">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2069"/>
-[...5 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E1C75"/>
     <w:rsid w:val="00004899"/>
     <w:rsid w:val="000063C6"/>
     <w:rsid w:val="00012ACF"/>
     <w:rsid w:val="00024E97"/>
     <w:rsid w:val="00054541"/>
     <w:rsid w:val="00067D40"/>
@@ -9740,78 +9540,80 @@
     <w:rsid w:val="00210BA0"/>
     <w:rsid w:val="002428D4"/>
     <w:rsid w:val="00245F75"/>
     <w:rsid w:val="002537C0"/>
     <w:rsid w:val="002557EA"/>
     <w:rsid w:val="0025719B"/>
     <w:rsid w:val="0028019F"/>
     <w:rsid w:val="00291202"/>
     <w:rsid w:val="002B1CA8"/>
     <w:rsid w:val="002C7369"/>
     <w:rsid w:val="002C79E1"/>
     <w:rsid w:val="002D3F5C"/>
     <w:rsid w:val="002F4774"/>
     <w:rsid w:val="00303CB6"/>
     <w:rsid w:val="00303D10"/>
     <w:rsid w:val="00310C3B"/>
     <w:rsid w:val="00311697"/>
     <w:rsid w:val="00347008"/>
     <w:rsid w:val="00357290"/>
     <w:rsid w:val="00370E21"/>
     <w:rsid w:val="00374DFA"/>
     <w:rsid w:val="00396D98"/>
     <w:rsid w:val="003A57B7"/>
     <w:rsid w:val="003D21B6"/>
     <w:rsid w:val="004039C0"/>
+    <w:rsid w:val="00406481"/>
     <w:rsid w:val="004107C6"/>
     <w:rsid w:val="00422E9F"/>
     <w:rsid w:val="004378D4"/>
     <w:rsid w:val="004457D3"/>
     <w:rsid w:val="004630A8"/>
     <w:rsid w:val="00474F6D"/>
     <w:rsid w:val="00480465"/>
     <w:rsid w:val="004A2018"/>
     <w:rsid w:val="004A5AE0"/>
     <w:rsid w:val="004D6299"/>
     <w:rsid w:val="004E041A"/>
     <w:rsid w:val="004E1C75"/>
     <w:rsid w:val="004F6ACF"/>
     <w:rsid w:val="005136AE"/>
     <w:rsid w:val="00523F1F"/>
     <w:rsid w:val="005324EC"/>
     <w:rsid w:val="005527FE"/>
     <w:rsid w:val="00573872"/>
     <w:rsid w:val="00581A42"/>
     <w:rsid w:val="00581D91"/>
     <w:rsid w:val="00582F5F"/>
     <w:rsid w:val="00585897"/>
     <w:rsid w:val="005A039F"/>
     <w:rsid w:val="005B2AF2"/>
     <w:rsid w:val="005B7FC1"/>
     <w:rsid w:val="005E7F53"/>
     <w:rsid w:val="005F643E"/>
     <w:rsid w:val="006033F5"/>
+    <w:rsid w:val="0062739E"/>
     <w:rsid w:val="00650AC0"/>
     <w:rsid w:val="00663CFE"/>
     <w:rsid w:val="00666F3C"/>
     <w:rsid w:val="00672BA6"/>
     <w:rsid w:val="00684CB0"/>
     <w:rsid w:val="0068506F"/>
     <w:rsid w:val="006A52F5"/>
     <w:rsid w:val="006A5CBD"/>
     <w:rsid w:val="006C2F44"/>
     <w:rsid w:val="006E32D1"/>
     <w:rsid w:val="006F0A5F"/>
     <w:rsid w:val="006F6616"/>
     <w:rsid w:val="007144BB"/>
     <w:rsid w:val="00737708"/>
     <w:rsid w:val="00745C70"/>
     <w:rsid w:val="007537B0"/>
     <w:rsid w:val="007607E1"/>
     <w:rsid w:val="0076426F"/>
     <w:rsid w:val="007826D8"/>
     <w:rsid w:val="007B351E"/>
     <w:rsid w:val="007C287C"/>
     <w:rsid w:val="007C2D4C"/>
     <w:rsid w:val="007C4DC7"/>
     <w:rsid w:val="007E3FEF"/>
     <w:rsid w:val="008200AF"/>
@@ -9823,50 +9625,51 @@
     <w:rsid w:val="008748EA"/>
     <w:rsid w:val="0088009B"/>
     <w:rsid w:val="00882E9B"/>
     <w:rsid w:val="0089478E"/>
     <w:rsid w:val="008B50A4"/>
     <w:rsid w:val="008D62E0"/>
     <w:rsid w:val="008F11BA"/>
     <w:rsid w:val="009002EF"/>
     <w:rsid w:val="00925EF3"/>
     <w:rsid w:val="009269A8"/>
     <w:rsid w:val="00937DD9"/>
     <w:rsid w:val="009565E3"/>
     <w:rsid w:val="009573A9"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="009A0453"/>
     <w:rsid w:val="009A0931"/>
     <w:rsid w:val="009B3710"/>
     <w:rsid w:val="009C2523"/>
     <w:rsid w:val="009F535B"/>
     <w:rsid w:val="00A031EB"/>
     <w:rsid w:val="00A03670"/>
     <w:rsid w:val="00A03C19"/>
     <w:rsid w:val="00A0423A"/>
     <w:rsid w:val="00A06140"/>
     <w:rsid w:val="00A26150"/>
+    <w:rsid w:val="00A279DC"/>
     <w:rsid w:val="00A35AA1"/>
     <w:rsid w:val="00A43123"/>
     <w:rsid w:val="00A43597"/>
     <w:rsid w:val="00A45BA9"/>
     <w:rsid w:val="00A63AE6"/>
     <w:rsid w:val="00A65D27"/>
     <w:rsid w:val="00A81916"/>
     <w:rsid w:val="00A835B7"/>
     <w:rsid w:val="00A9483C"/>
     <w:rsid w:val="00AE22E7"/>
     <w:rsid w:val="00AE6187"/>
     <w:rsid w:val="00B178D7"/>
     <w:rsid w:val="00B23EBA"/>
     <w:rsid w:val="00B3652E"/>
     <w:rsid w:val="00B422A5"/>
     <w:rsid w:val="00B4583C"/>
     <w:rsid w:val="00B64435"/>
     <w:rsid w:val="00B6759C"/>
     <w:rsid w:val="00B96C1A"/>
     <w:rsid w:val="00BA0E62"/>
     <w:rsid w:val="00BB4C47"/>
     <w:rsid w:val="00BB4F81"/>
     <w:rsid w:val="00BC7A7F"/>
     <w:rsid w:val="00BD22D1"/>
     <w:rsid w:val="00BD3F78"/>
@@ -9935,53 +9738,53 @@
     <w:rsid w:val="00F920CE"/>
     <w:rsid w:val="00FB0468"/>
     <w:rsid w:val="00FB350E"/>
     <w:rsid w:val="00FB44A9"/>
     <w:rsid w:val="00FC3C76"/>
     <w:rsid w:val="00FD43AC"/>
     <w:rsid w:val="00FE2578"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2069"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="69175E6A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9A30F93F-CA68-41A2-A06D-542DCA0C55B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10786,63 +10589,59 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A81916"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="macintosh"/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5324-7152" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15198/seeci.a&#241;o.#.ID" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xxxxxx.xxx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxxxx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5324-7152" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.15198/seeci.a&#241;o." TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xxxxxx.xxx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesus.diaz@unir.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.xxxxxx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbgomez@uemc.es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5324-7152" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11117,75 +10916,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9634578C-FC35-4CD9-B555-404487FA0031}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1888</Words>
-  <Characters>10386</Characters>
+  <Words>1831</Words>
+  <Characters>10551</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>206</Lines>
+  <Paragraphs>104</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12250</CharactersWithSpaces>
+  <CharactersWithSpaces>12278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="84" baseType="variant">
       <vt:variant>
         <vt:i4>852006</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:correoelectronico@dominio.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2752552</vt:i4>
       </vt:variant>
       <vt:variant>